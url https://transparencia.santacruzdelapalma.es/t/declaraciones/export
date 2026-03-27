--- v0 (2025-11-07)
+++ v1 (2026-03-27)
@@ -47,51 +47,51 @@
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>documento</t>
   </si>
   <si>
     <t>declarante_aso</t>
   </si>
   <si>
     <t>Bienes y Actividades (inicial)</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
     <t>https://transparencia.santacruzdelapalma.es/storage/uploads/173867042701-AAG-PP_~EAD1950_new.pdf</t>
   </si>
   <si>
     <t>Asier Antona Gómez</t>
   </si>
   <si>
     <t>https://transparencia.santacruzdelapalma.es/storage/uploads/173867044902-OPG-PP_~EADB554_new.pdf</t>
   </si>
   <si>
-    <t>Omaira Pérez García</t>
+    <t xml:space="preserve">Omaira Pérez García </t>
   </si>
   <si>
     <t>https://transparencia.santacruzdelapalma.es/storage/uploads/173867046703-JJCG-PP_~EAD8E03_new.pdf</t>
   </si>
   <si>
     <t>Juan José Cabrera Guelmes</t>
   </si>
   <si>
     <t>https://transparencia.santacruzdelapalma.es/storage/uploads/173867049004-SGA-PP_~EADB0FF_new.pdf</t>
   </si>
   <si>
     <t>Saray González  Álvarez</t>
   </si>
   <si>
     <t>https://transparencia.santacruzdelapalma.es/storage/uploads/173867050905-BLA-PP_~EAD9A3B_new.pdf</t>
   </si>
   <si>
     <t>Bernardo López Acosta</t>
   </si>
   <si>
     <t>https://transparencia.santacruzdelapalma.es/storage/uploads/173867053506-JPH-PP_~EAD6EA5_new.pdf</t>
   </si>
   <si>
     <t>Jesús Pérez Hernández</t>
   </si>