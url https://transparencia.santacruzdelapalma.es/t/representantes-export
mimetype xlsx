--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>nombre_completo</t>
   </si>
   <si>
     <t>cargo</t>
   </si>
   <si>
     <t>grupo_politico_id</t>
   </si>
   <si>
     <t>telefono</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>facebook</t>
   </si>
   <si>
@@ -122,249 +122,258 @@
   <si>
     <t>organo_id</t>
   </si>
   <si>
     <t>grupo_politico</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
     <t>Maeve Sanjuán Duque</t>
   </si>
   <si>
     <t>Concejal</t>
   </si>
   <si>
     <t>maeve.sanjuan@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>&lt;div&gt;Acuerdos de Determinación del Régimen de Dedicación Exclusiva o Parcial de los Miembros Electos: &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;Funciones, Órganos Colegiados de los que es miembro y compatibilidades:&amp;nbsp; &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587561035.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587751035.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;&lt;br&gt;(Santa Cruz de La Palma, 1962)Concejal entre 2003 y 2007, en los que fue responsable de las áreas de Desarrollo Local y Cultura. Diplomada en Graduado Social, actualmente es funcionaria del Estado del Servicio Público de Empleo Estatal (SEPE) desde 1989. Consejera del Cabildo de La Palma desde el 2007 al 2013 con responsabilidades en Servicios Sociales, Empleo, Educación y Artesanía.&lt;br&gt;&lt;br&gt;Teléfono: 696942208&lt;/div&gt;</t>
   </si>
   <si>
+    <t xml:space="preserve">Concejal </t>
+  </si>
+  <si>
     <t>NC</t>
   </si>
   <si>
     <t>Manuel Ángel Garrido Abolaña</t>
   </si>
   <si>
     <t>manuel.garrido@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>&lt;div&gt;Acuerdos de Determinación del Régimen de Dedicación Exclusiva o Parcial de los Miembros Electos: &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;Funciones, Órganos Colegiados de los que es miembro y compatibilidades:&amp;nbsp; &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587561035.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587751035.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;&lt;br&gt;(Jaén, 1957) Jubilado. Ha trabajado para la Administración General del Estado donde desempeñó el puesto de responsable de la unidad de informática desde el año 1999. Dedicado a la investigación histórica de la Isla ha publicado diferentes libros y artículos obteniendo en 1990 el Premio de Investigación Histórica J. B. Lorenzo. En el mundo de la cultura ha formado parte de la directiva de sociedades históricas de Santa Cruz de La Palma como la Real Sociedad Cosmológica, donde fue secretario y director de la biblioteca Cervantes, La Investigadora, o la Sociedad de Estudios Generales de la Isla de La Palma Licenciada en Dirección y Administración de Empresas por la Universidad de La Laguna y realizó un máster de profesorado en la Universidad de Oviedo. De vuelta en la isla realiza diversos trabajos, entre otros en banca, además de colaborar con diversas asociaciones y movimientos juveniles y culturales del municipio.&lt;br&gt;&lt;br&gt;Teléfono: 630 46 23 00&lt;/div&gt;</t>
   </si>
   <si>
     <t>PSOE</t>
   </si>
   <si>
     <t>Carla Rodríguez Rodríguez</t>
   </si>
   <si>
+    <t xml:space="preserve">Concejala  </t>
+  </si>
+  <si>
+    <t>carla.rodriguez@santacruzdelapalma.es</t>
+  </si>
+  <si>
+    <t>&lt;div&gt;Acuerdos de Determinación del Régimen de Dedicación Exclusiva o Parcial de los Miembros Electos: &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;Funciones, Órganos Colegiados de los que es miembro y compatibilidades:&amp;nbsp; &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587561035.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587751035.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;&lt;br&gt;(Santa Cruz de La Palma, 1991) Graduada en Turismo por la Universidad de La Laguna. Desempeña su actividad&lt;br&gt;profesional en el sector turístico de la isla.&lt;br&gt;&lt;br&gt;Teléfono: 922426555&lt;/div&gt;</t>
+  </si>
+  <si>
     <t xml:space="preserve">Concejala </t>
   </si>
   <si>
-    <t>carla.rodriguez@santacruzdelapalma.es</t>
-[...4 lines deleted...]
-  <si>
     <t>David Tames Valiente</t>
   </si>
   <si>
     <t>david.tames@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>&lt;div&gt;Acuerdos de Determinación del Régimen de Dedicación Exclusiva o Parcial de los Miembros Electos: &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;Funciones, Órganos Colegiados de los que es miembro y compatibilidades:&amp;nbsp; &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587561035.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587751035.odt"&gt;ODT&lt;/a&gt;&lt;/div&gt;</t>
   </si>
   <si>
     <t>María Lemes Rodríguez</t>
   </si>
   <si>
+    <t>illini.lemes@santacruzdelapalma.es</t>
+  </si>
+  <si>
     <t>Concejala</t>
   </si>
   <si>
-    <t>illini.lemes@santacruzdelapalma.es</t>
-[...1 lines deleted...]
-  <si>
     <t>Juan José Neris Hernández</t>
   </si>
   <si>
     <t>juanjo.neris@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>&lt;div&gt;Acuerdos de Determinación del Régimen de Dedicación Exclusiva o Parcial de los Miembros Electos: &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;Funciones, Órganos Colegiados de los que es miembro y compatibilidades:&amp;nbsp; &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587561035.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587751035.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;&lt;br&gt;(Santa Cruz de La Palma, 1983) Licenciado en Publicidad y Relaciones Públicas por la Universidad de Valladolid y durante los últimos años ha trabajado como secretario del Grupo Socialista en el Ayuntamiento. Paralelamente, cuenta con una significativa trayectoria vinculada al ámbito de la cultura, y en especial al mundo del cine, como integrante del colectivo Más o Menos Regular.&lt;br&gt;&lt;br&gt;Teléfono:922 42 65 55 Fax: 922 41 28 99 Secretario:Luis Marante. Teléfono: 922 42 65 55 Correo Electrónico: juanjo.neris@santacruzdelapalma.es&lt;/div&gt;</t>
   </si>
   <si>
     <t>Juan Guerra Guerra</t>
   </si>
   <si>
-    <t>Quinta Tenencia de  Alcaldía</t>
+    <t>Quinta Tenencia de Alcaldía</t>
   </si>
   <si>
     <t>juan.guerra@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>Hacienda y Cuentas, Contratación, Nuevas Tecnologías, Personal y Régimen interno</t>
   </si>
   <si>
     <t>Dedicación exclusiva</t>
   </si>
   <si>
     <t>&lt;div&gt;Acuerdos de Determinación del Régimen de Dedicación Exclusiva o Parcial de los Miembros Electos: &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;Funciones, Órganos Colegiados de los que es miembro y compatibilidades:&amp;nbsp; &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587561035.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587751035.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;&lt;br&gt;Es licenciado en Geografia e Historia por la ULL, estudios de Doctorado en Geografia Regional, Master en Planificación Territorial y Gestión Ambiental, DEA (Diploma de Estudios Avanzados) en Historia, Territorio y Cultura.&lt;br&gt;&lt;br&gt;En el ámbito de la política insular ha sido consejero del Cabildo de La Palma y alcalde del municipio de Puntallana. Es el responsable de las áreas de Hacienda y Cuentas, Contratación, Nuevas Tecnologías, Personal y Régimen Interno del ayuntamiento de Santa Cruz de La Palma.&lt;/div&gt;</t>
   </si>
   <si>
     <t>Concejal de Gobierno</t>
   </si>
   <si>
     <t>CC</t>
   </si>
   <si>
     <t>Alberto Jesús Perdomo Pérez</t>
   </si>
   <si>
     <t>Concejal Delegado</t>
   </si>
   <si>
     <t>alberto.perdomo@santacruzdelapalma.es</t>
   </si>
   <si>
-    <t>Cultura</t>
+    <t xml:space="preserve">Cultura </t>
   </si>
   <si>
     <t>Dedicación parcial mínima de 50 % de la jornada laboral.</t>
   </si>
   <si>
     <t>&lt;div&gt;Acuerdos de Determinación del Régimen de Dedicación Exclusiva o Parcial de los Miembros Electos: &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;Funciones, Órganos Colegiados de los que es miembro y compatibilidades:&amp;nbsp; &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587561035.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587751035.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;&lt;br&gt;(Santa Cruz de la Palma, 1972). Funcionario de carrera. Ha desarrollado su labor profesional en el Cabildo de La Palma. En la actualidad presta servicios en el área de juventud, después de haber prestado servicios en áreas como Agricultura y Deportes. Es concejal de cultura del ayuntamiento de Santa Cruz de La Palma.&lt;br&gt;&lt;br&gt;Teléfono:&amp;nbsp; 922 42 65 55&amp;nbsp; Secretaria: Corina Hernández. Teléfono: 922 42 65 55 Correo Electrónico: alberto.perdomo@santacruzdelapalma.es&lt;/div&gt;</t>
   </si>
   <si>
     <t>Yessica Pérez López</t>
   </si>
   <si>
-    <t>Tercera Tenencia de  Alcaldía</t>
+    <t>Tercera Tenencia de Alcaldía</t>
   </si>
   <si>
     <t>yessica.perez@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>Áreas de Bienestar Social e Igualdad de Oportunidades; Sanidad y Consumo</t>
   </si>
   <si>
     <t>Concejala de Gobierno</t>
   </si>
   <si>
     <t>Raico Arrocha Camacho</t>
   </si>
   <si>
-    <t>Primera Tenencia de  Alcaldía</t>
+    <t xml:space="preserve">Primera Tenencia de  Alcaldía </t>
   </si>
   <si>
     <t>raico.arrocha@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>Áreas de Cultura y Fiestas, Cementerio, Patrimonio, Turismo, Movimiento Vecinal, Deportes y Juventud</t>
   </si>
   <si>
     <t>&lt;div&gt;Acuerdos de Determinación del Régimen de Dedicación Exclusiva o Parcial de los Miembros Electos: &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;Funciones, Órganos Colegiados de los que es miembro y compatibilidades:&amp;nbsp; &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587561035.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587751035.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;&lt;br&gt;Grado superior técnico en animación de actividadesfísicas y deportivas. Desarrolla su labor profesional en una empresa de la construcción.&lt;/div&gt;</t>
   </si>
   <si>
     <t>Jesús Pérez Hernández</t>
   </si>
   <si>
+    <t xml:space="preserve">Concejal Delegado </t>
+  </si>
+  <si>
     <t>jesus.perez@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>Concejalías de Deporte y Mercado</t>
   </si>
   <si>
     <t>Deportes, Juventud y Protección Civil.</t>
   </si>
   <si>
     <t>Partido Popular</t>
   </si>
   <si>
     <t>Bernardo López Acosta</t>
   </si>
   <si>
     <t>bernardo.lopez@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>Urbanismo, Vivienda y Transportes.</t>
   </si>
   <si>
-    <t>Dedicación parcial mínima de 80 % de la jornada laboral.</t>
+    <t xml:space="preserve">Dedicación parcial mínima de 80 % de la jornada laboral. </t>
   </si>
   <si>
     <t>&lt;div&gt;Acuerdos de Determinación del Régimen de Dedicación Exclusiva o Parcial de los Miembros Electos: &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;Funciones, Órganos Colegiados de los que es miembro y compatibilidades:&amp;nbsp; &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587561035.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587751035.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;&lt;br&gt;Bernardo López Acosta inicia su actividad como cargo político en 2016, siendo nombrado Presidente de la entonces Gestora del Partido Popular en Santa Cruz de La Palma, que desde 2017 pasó a constituirse formalmente como Comité y en el que Bernardo López continúa a la cabeza. En la actual legislatura (2019-2023) asume el cargo de concejal Urbanismo, Vivienda, Transporte y Medio Ambiente, el cual compagina con el ejercicio de la Abogacía, y es miembro del Comité Ejecutivo del PP en Canarias.&lt;br&gt;&lt;br&gt;Teléfono:&amp;nbsp; 922 42 65 01 Fax: 922 41 28 99 Secretaria: Sonia Leal. Teléfono: 922 42 65 01/02 Correo Electrónico: bernardo.lopez@santacruzdelapalma.es&lt;/div&gt;</t>
   </si>
   <si>
     <t>Saray González  Álvarez</t>
   </si>
   <si>
-    <t>Concejala Delegada</t>
+    <t xml:space="preserve">Concejala Delegada </t>
   </si>
   <si>
     <t>saray.gonzalez@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>Concejalía de Turismo, Planificación, Obras, Servicios Públicos e Infraestructuras y Patrimonio</t>
   </si>
   <si>
     <t>Turismo, Planificación, Obras, Servicios Públicos e  Infraestructuras y Patrimonio.</t>
   </si>
   <si>
     <t xml:space="preserve">Sergio Hidalgo Hernández </t>
   </si>
   <si>
     <t>sergio.hidalgo@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>Medio Ambiente, Artesanía y Mercado</t>
   </si>
   <si>
     <t>Juan José Cabrera Guelmes</t>
   </si>
   <si>
-    <t>Cuarta Tenencia de  Alcaldía</t>
+    <t>Cuarto Tenencia de Alcaldía</t>
   </si>
   <si>
     <t>juan.cabrera@santacruzdelapalma.es</t>
   </si>
   <si>
     <t xml:space="preserve">Concejalía  con competencias delegadas de Proyectos Estratégicos y Coordinación de Áreas de Gobierno </t>
   </si>
   <si>
     <t>&lt;div&gt;Acuerdos de Determinación del Régimen de Dedicación Exclusiva o Parcial de los Miembros Electos: &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507574281009.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;Funciones, Órganos Colegiados de los que es miembro y compatibilidades:&amp;nbsp; &lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587561035.pdf"&gt;PDF&lt;/a&gt;&amp;nbsp; &amp;nbsp;&lt;a href="https://transparencia.santacruzdelapalma.es/storage/uploads/17507587751035.odt"&gt;ODT&lt;/a&gt;&lt;br&gt;&lt;br&gt;(Santa Cruz de La Palma, 1969) Concejal desde 2007. Alcalde de Santa Cruz de La Palma desde diciembre de 2013 hasta la actualidad. Ha desarrollado su labor profesional en la banca privada donde ha ocupado cargos de dirección. Ha sido concejal de Servicios Sociales y Deportes entre 2007 y 2009 y del área de Obras, Urbanismo y Vivienda entre 2011 y 2015.&lt;br&gt;&lt;br&gt;Teléfono:&amp;nbsp; 922 42 65 03 /Fax: 922 41 28 99/ Secretaria: Sonia Leal. Teléfono: 922 42 65 01/02/ Correo&lt;br&gt;Electrónico: alcaldía@santacruzdelapalma.es&lt;/div&gt;</t>
   </si>
   <si>
     <t>Proyectos Estratégicos y Coordinación de Áreas de  Gobierno.</t>
   </si>
   <si>
-    <t>Omaira Pérez García</t>
+    <t xml:space="preserve">Omaira Pérez García </t>
   </si>
   <si>
     <t>Segunda Tenencia de  Alcaldía</t>
   </si>
   <si>
     <t>omaira.perez@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>Áreas de Educación, Desarrollo Local, Comercio, Mercado, Artesanía, Medioambiente,Transportes y Playa</t>
   </si>
   <si>
     <t>Asier Antona Gómez</t>
   </si>
   <si>
     <t>Alcalde</t>
   </si>
   <si>
     <t>asier.antona@santacruzdelapalma.es</t>
   </si>
   <si>
     <t>Áreas de Policía, Seguridad Ciudadana y Tráfico; Proyectos Estrátegicos y Coordinación de Áreas de  Gobierno; Obras, infraestructuras y Servicios Públicos; Urbanismo, Planificación y Vivienda</t>
   </si>
 </sst>
 </file>
 
@@ -731,61 +740,61 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AD18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="35" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="226" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="67" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="68" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="39" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="1847" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="98" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="18" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
@@ -884,842 +893,842 @@
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
         <v>205</v>
       </c>
       <c r="G2" t="s">
         <v>33</v>
       </c>
       <c r="P2">
         <v>110</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2">
         <v>55</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="V2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="W2">
         <v>17</v>
       </c>
       <c r="AD2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:30">
       <c r="A3" s="1">
         <v>1000</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E3">
         <v>204</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3">
         <v>110</v>
       </c>
       <c r="Q3" t="s">
         <v>34</v>
       </c>
       <c r="R3">
         <v>55</v>
       </c>
       <c r="S3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="V3" t="s">
         <v>32</v>
       </c>
       <c r="W3">
         <v>16</v>
       </c>
       <c r="AD3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:30">
       <c r="A4" s="1">
         <v>999</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4">
         <v>204</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4">
         <v>110</v>
       </c>
       <c r="Q4" t="s">
         <v>34</v>
       </c>
       <c r="R4">
         <v>55</v>
       </c>
       <c r="S4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="V4" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="W4">
         <v>15</v>
       </c>
       <c r="AD4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:30">
       <c r="A5" s="1">
         <v>998</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E5">
         <v>204</v>
       </c>
       <c r="G5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P5">
         <v>110</v>
       </c>
       <c r="Q5" t="s">
         <v>34</v>
       </c>
       <c r="R5">
         <v>55</v>
       </c>
       <c r="S5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="V5" t="s">
         <v>32</v>
       </c>
       <c r="W5">
         <v>14</v>
       </c>
       <c r="AD5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:30">
       <c r="A6" s="1">
         <v>997</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E6">
         <v>204</v>
       </c>
       <c r="G6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P6">
         <v>110</v>
       </c>
       <c r="Q6" t="s">
         <v>34</v>
       </c>
       <c r="R6">
         <v>55</v>
       </c>
       <c r="S6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="V6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="W6">
         <v>13</v>
       </c>
       <c r="AD6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:30">
       <c r="A7" s="1">
         <v>996</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7">
         <v>204</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="P7">
         <v>110</v>
       </c>
       <c r="Q7" t="s">
         <v>34</v>
       </c>
       <c r="R7">
         <v>55</v>
       </c>
       <c r="S7" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="W7">
         <v>12</v>
       </c>
       <c r="AD7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:30">
       <c r="A8" s="1">
         <v>991</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D8" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E8">
         <v>203</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="M8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="N8" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="O8">
         <v>37800</v>
       </c>
       <c r="P8" t="s">
         <v>34</v>
       </c>
       <c r="Q8" t="s">
         <v>34</v>
       </c>
       <c r="R8" t="s">
         <v>34</v>
       </c>
       <c r="S8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="V8" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="W8">
         <v>7</v>
       </c>
       <c r="Z8">
         <v>1</v>
       </c>
       <c r="AD8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:30">
       <c r="A9" s="1">
         <v>990</v>
       </c>
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D9" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E9">
         <v>203</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="N9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="O9">
         <v>21000</v>
       </c>
       <c r="P9" t="s">
         <v>34</v>
       </c>
       <c r="Q9" t="s">
         <v>34</v>
       </c>
       <c r="R9" t="s">
         <v>34</v>
       </c>
       <c r="S9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="V9" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="W9">
         <v>6</v>
       </c>
       <c r="Z9">
         <v>1</v>
       </c>
       <c r="AD9" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:30">
       <c r="A10" s="1">
         <v>988</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D10" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E10">
         <v>203</v>
       </c>
       <c r="G10" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M10" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="O10">
         <v>37800</v>
       </c>
       <c r="P10" t="s">
         <v>34</v>
       </c>
       <c r="Q10" t="s">
         <v>34</v>
       </c>
       <c r="R10" t="s">
         <v>34</v>
       </c>
       <c r="S10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="V10" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="W10">
         <v>4</v>
       </c>
       <c r="Z10">
         <v>1</v>
       </c>
       <c r="AD10" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:30">
       <c r="A11" s="1">
         <v>986</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E11">
         <v>203</v>
       </c>
       <c r="G11" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="M11" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="N11" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="O11">
         <v>49000</v>
       </c>
       <c r="P11" t="s">
         <v>34</v>
       </c>
       <c r="Q11" t="s">
         <v>34</v>
       </c>
       <c r="R11" t="s">
         <v>34</v>
       </c>
       <c r="S11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="V11" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="W11">
         <v>2</v>
       </c>
       <c r="Z11">
         <v>1</v>
       </c>
       <c r="AD11" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:30">
       <c r="A12" s="1">
         <v>995</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="E12">
         <v>202</v>
       </c>
       <c r="G12" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="M12" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="N12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="O12">
         <v>37800</v>
       </c>
       <c r="P12" t="s">
         <v>34</v>
       </c>
       <c r="Q12" t="s">
         <v>34</v>
       </c>
       <c r="R12" t="s">
         <v>34</v>
       </c>
       <c r="S12" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="V12" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="W12">
         <v>11</v>
       </c>
       <c r="Z12">
         <v>1</v>
       </c>
       <c r="AD12" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:30">
       <c r="A13" s="1">
         <v>994</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D13" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E13">
         <v>202</v>
       </c>
       <c r="G13" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="M13" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="N13" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="O13">
         <v>33600</v>
       </c>
       <c r="P13" t="s">
         <v>34</v>
       </c>
       <c r="Q13" t="s">
         <v>34</v>
       </c>
       <c r="R13" t="s">
         <v>34</v>
       </c>
       <c r="S13" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="V13" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="W13">
         <v>10</v>
       </c>
       <c r="Z13">
         <v>1</v>
       </c>
       <c r="AD13" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="14" spans="1:30">
       <c r="A14" s="1">
         <v>993</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="E14">
         <v>202</v>
       </c>
       <c r="G14" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="M14" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="N14" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="O14">
         <v>42000</v>
       </c>
       <c r="P14" t="s">
         <v>34</v>
       </c>
       <c r="Q14" t="s">
         <v>34</v>
       </c>
       <c r="R14" t="s">
         <v>34</v>
       </c>
       <c r="S14" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="V14" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="W14">
         <v>9</v>
       </c>
       <c r="Z14">
         <v>1</v>
       </c>
       <c r="AD14" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="15" spans="1:30">
       <c r="A15" s="1">
         <v>992</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D15" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="E15">
         <v>202</v>
       </c>
       <c r="G15" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="M15" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="N15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="O15">
         <v>21000</v>
       </c>
       <c r="P15" t="s">
         <v>34</v>
       </c>
       <c r="Q15" t="s">
         <v>34</v>
       </c>
       <c r="R15" t="s">
         <v>34</v>
       </c>
       <c r="S15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="V15" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="W15">
         <v>8</v>
       </c>
       <c r="Z15">
         <v>1</v>
       </c>
       <c r="AD15" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:30">
       <c r="A16" s="1">
         <v>989</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D16" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E16">
         <v>202</v>
       </c>
       <c r="G16" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="M16" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="N16" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="O16">
         <v>58079.98</v>
       </c>
       <c r="P16" t="s">
         <v>34</v>
       </c>
       <c r="Q16" t="s">
         <v>34</v>
       </c>
       <c r="R16" t="s">
         <v>34</v>
       </c>
       <c r="S16" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="V16" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="W16">
         <v>5</v>
       </c>
       <c r="Z16">
         <v>1</v>
       </c>
       <c r="AD16" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="17" spans="1:30">
       <c r="A17" s="1">
         <v>987</v>
       </c>
       <c r="B17" t="s">
         <v>30</v>
       </c>
       <c r="C17" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D17" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E17">
         <v>202</v>
       </c>
       <c r="G17" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="M17" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="N17" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="O17">
         <v>21000</v>
       </c>
       <c r="P17" t="s">
         <v>34</v>
       </c>
       <c r="Q17" t="s">
         <v>34</v>
       </c>
       <c r="R17" t="s">
         <v>34</v>
       </c>
       <c r="S17" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="V17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>1</v>
       </c>
       <c r="AD17" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:30">
       <c r="A18" s="1">
         <v>985</v>
       </c>
       <c r="B18" t="s">
         <v>30</v>
       </c>
       <c r="C18" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D18" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E18">
         <v>202</v>
       </c>
       <c r="G18" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="M18" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="N18" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="O18">
         <v>58079.98</v>
       </c>
       <c r="P18" t="s">
         <v>34</v>
       </c>
       <c r="Q18" t="s">
         <v>34</v>
       </c>
       <c r="R18" t="s">
         <v>34</v>
       </c>
       <c r="S18" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="W18">
         <v>1</v>
       </c>
       <c r="Z18">
         <v>1</v>
       </c>
       <c r="AD18" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">